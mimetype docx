--- v0 (2025-12-19)
+++ v1 (2026-02-23)
@@ -4,71 +4,71 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="469D5235" w14:textId="21AD35EC" w:rsidR="00F72173" w:rsidRPr="00040DDD" w:rsidRDefault="00F72173" w:rsidP="00296F33">
+    <w:p w14:paraId="469D5235" w14:textId="6375949C" w:rsidR="00F72173" w:rsidRPr="00040DDD" w:rsidRDefault="00F72173" w:rsidP="00296F33">
       <w:pPr>
         <w:spacing w:before="240" w:line="216" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00040DDD">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C01DF52" wp14:editId="76E9B962">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C01DF52" wp14:editId="2DD32737">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-8093</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>-497840</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1776730" cy="1776730"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="รูปภาพ 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
@@ -116,241 +116,190 @@
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00040DDD">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:cs/>
         </w:rPr>
         <w:t>แบบฟอร์มการขออนุมัติจัดโครงการ/กิจกรรมพัฒนานักศึกษา มหาวิทยาลัยมหิดล</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="212140D9" w14:textId="1CD396A1" w:rsidR="00296F33" w:rsidRPr="00040DDD" w:rsidRDefault="007662C0" w:rsidP="00E46178">
       <w:pPr>
         <w:spacing w:line="216" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
+          <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00040DDD">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Project/Activity Approval Request Form for Student Development Mahidol University</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="885"/>
         <w:gridCol w:w="246"/>
         <w:gridCol w:w="2271"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="4229"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E46178" w:rsidRPr="00040DDD" w14:paraId="55AE1327" w14:textId="49D94D71" w:rsidTr="00E46178">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="03AC5849" w14:textId="38D41C95" w:rsidR="00E46178" w:rsidRPr="00040DDD" w:rsidRDefault="00E46178" w:rsidP="00296F33">
+          <w:p w14:paraId="03AC5849" w14:textId="5CDE9E8E" w:rsidR="00E46178" w:rsidRPr="00040DDD" w:rsidRDefault="00E46178" w:rsidP="00296F33">
             <w:pPr>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:jc w:val="thaiDistribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDD">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:cs/>
               </w:rPr>
               <w:t>ที่</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20C11851" w14:textId="13C18F8A" w:rsidR="00E46178" w:rsidRPr="00040DDD" w:rsidRDefault="00E46178" w:rsidP="00296F33">
+          <w:p w14:paraId="20C11851" w14:textId="252704A1" w:rsidR="00E46178" w:rsidRPr="00040DDD" w:rsidRDefault="00E46178" w:rsidP="00296F33">
             <w:pPr>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:jc w:val="thaiDistribute"/>
               <w:rPr>
-                <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
-                <w:cs/>
-[...10 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00040DDD">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:cs/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>วันที่</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BA3A7D7" w14:textId="77777777" w:rsidR="00E46178" w:rsidRPr="00040DDD" w:rsidRDefault="00E46178" w:rsidP="00296F33">
             <w:pPr>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:jc w:val="thaiDistribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="21C9AD32" w14:textId="3C595F23" w:rsidR="00E46178" w:rsidRPr="00040DDD" w:rsidRDefault="00E46178" w:rsidP="00296F33">
+          <w:p w14:paraId="21C9AD32" w14:textId="220B4516" w:rsidR="00E46178" w:rsidRPr="00040DDD" w:rsidRDefault="00E46178" w:rsidP="00296F33">
             <w:pPr>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:jc w:val="thaiDistribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:cs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00040DDD">
-[...15 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D2F5B6E" w14:textId="77777777" w:rsidR="00E46178" w:rsidRPr="00040DDD" w:rsidRDefault="00E46178" w:rsidP="00296F33">
             <w:pPr>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:jc w:val="thaiDistribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0499A245" w14:textId="606AD30C" w:rsidR="00E46178" w:rsidRPr="00040DDD" w:rsidRDefault="00E46178" w:rsidP="00296F33">
+          <w:p w14:paraId="0499A245" w14:textId="61FF812B" w:rsidR="00E46178" w:rsidRPr="00040DDD" w:rsidRDefault="00E46178" w:rsidP="00296F33">
             <w:pPr>
               <w:spacing w:line="216" w:lineRule="auto"/>
               <w:jc w:val="thaiDistribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:cs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00040DDD">
-[...15 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4229" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F23E29C" w14:textId="4717BA7C" w:rsidR="00E46178" w:rsidRPr="00E46178" w:rsidRDefault="00E46178">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:cs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46178">
               <w:rPr>
                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:cs/>
@@ -3911,67 +3860,51 @@
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="1B4E5E9C" w14:textId="0EF18E6C" w:rsidR="00E52866" w:rsidRDefault="008C295D" w:rsidP="008C295D">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                                 <w:cs/>
                               </w:rPr>
                               <w:t>(</w:t>
                             </w:r>
                             <w:r w:rsidRPr="008C295D">
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:cs/>
                               </w:rPr>
-                              <w:t>รองศาสตราจารย์ ร.ท. ทพ.</w:t>
-[...15 lines deleted...]
-                              <w:t>ชัย คุณาวิศรุต</w:t>
+                              <w:t>รองศาสตราจารย์ ร.ท. ทพ.ชัชชัย คุณาวิศรุต</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                                 <w:cs/>
                               </w:rPr>
                               <w:t>)</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="63F18479" w14:textId="67469708" w:rsidR="008C295D" w:rsidRPr="00E52866" w:rsidRDefault="008C295D" w:rsidP="008C295D">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:cs/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="008C295D">
                               <w:rPr>
                                 <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                                 <w:cs/>
                               </w:rPr>
                               <w:t>รองอธิการบดี ฝ่ายกิจการนักศึกษาและศิษย์เก่าสัมพันธ์</w:t>
                             </w:r>
                           </w:p>
@@ -4062,67 +3995,51 @@
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="1B4E5E9C" w14:textId="0EF18E6C" w:rsidR="00E52866" w:rsidRDefault="008C295D" w:rsidP="008C295D">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t>(</w:t>
                       </w:r>
                       <w:r w:rsidRPr="008C295D">
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:cs/>
                         </w:rPr>
-                        <w:t>รองศาสตราจารย์ ร.ท. ทพ.</w:t>
-[...15 lines deleted...]
-                        <w:t>ชัย คุณาวิศรุต</w:t>
+                        <w:t>รองศาสตราจารย์ ร.ท. ทพ.ชัชชัย คุณาวิศรุต</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t>)</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="63F18479" w14:textId="67469708" w:rsidR="008C295D" w:rsidRPr="00E52866" w:rsidRDefault="008C295D" w:rsidP="008C295D">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:cs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="008C295D">
                         <w:rPr>
                           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
                           <w:cs/>
                         </w:rPr>
                         <w:t>รองอธิการบดี ฝ่ายกิจการนักศึกษาและศิษย์เก่าสัมพันธ์</w:t>
                       </w:r>
                     </w:p>
@@ -4307,71 +4224,51 @@
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="4962" w:right="168"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00040DDD">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:cs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00040DDD">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:cs/>
         </w:rPr>
-        <w:t>นางสาว</w:t>
-[...19 lines deleted...]
-        <w:t>รติ พิมพ์แก้ว</w:t>
+        <w:t>นางสาวกิรติ พิมพ์แก้ว</w:t>
       </w:r>
       <w:r w:rsidRPr="00040DDD">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK" w:hint="cs"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:cs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42CCC567" w14:textId="35A8A830" w:rsidR="008C295D" w:rsidRDefault="008C295D" w:rsidP="00296F33">
       <w:pPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:ind w:left="4962" w:right="168"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00040DDD">
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
@@ -4396,61 +4293,61 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TH SarabunPSK" w:hAnsi="TH SarabunPSK" w:cs="TH SarabunPSK"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:cs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F72173" w:rsidRPr="00F72173" w:rsidSect="00A30DE9">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="255" w:right="720" w:bottom="255" w:left="720" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67A13C66" w14:textId="77777777" w:rsidR="0000526E" w:rsidRDefault="0000526E" w:rsidP="007662C0">
+    <w:p w14:paraId="7B7B65FA" w14:textId="77777777" w:rsidR="00293AE2" w:rsidRDefault="00293AE2" w:rsidP="007662C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5150FF92" w14:textId="77777777" w:rsidR="0000526E" w:rsidRDefault="0000526E" w:rsidP="007662C0">
+    <w:p w14:paraId="637774CD" w14:textId="77777777" w:rsidR="00293AE2" w:rsidRDefault="00293AE2" w:rsidP="007662C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -4496,61 +4393,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DF48581" w14:textId="77777777" w:rsidR="0000526E" w:rsidRDefault="0000526E" w:rsidP="007662C0">
+    <w:p w14:paraId="2256F0CC" w14:textId="77777777" w:rsidR="00293AE2" w:rsidRDefault="00293AE2" w:rsidP="007662C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E8CFF97" w14:textId="77777777" w:rsidR="0000526E" w:rsidRDefault="0000526E" w:rsidP="007662C0">
+    <w:p w14:paraId="1B77AE12" w14:textId="77777777" w:rsidR="00293AE2" w:rsidRDefault="00293AE2" w:rsidP="007662C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D3D170B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9446EC4A"/>
     <w:lvl w:ilvl="0" w:tplc="32A65118">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5218,99 +5115,100 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="190"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00106A4C"/>
     <w:rsid w:val="0000030E"/>
     <w:rsid w:val="00003171"/>
     <w:rsid w:val="0000526E"/>
     <w:rsid w:val="000350F0"/>
     <w:rsid w:val="00040DDD"/>
     <w:rsid w:val="00052377"/>
     <w:rsid w:val="0006062B"/>
     <w:rsid w:val="0006330F"/>
     <w:rsid w:val="00082396"/>
     <w:rsid w:val="00082E95"/>
     <w:rsid w:val="0009398D"/>
     <w:rsid w:val="000B4C5F"/>
     <w:rsid w:val="001024AE"/>
     <w:rsid w:val="00106A4C"/>
     <w:rsid w:val="0017266D"/>
     <w:rsid w:val="0019309C"/>
     <w:rsid w:val="001A35F7"/>
     <w:rsid w:val="001A4A1D"/>
     <w:rsid w:val="001A51E6"/>
     <w:rsid w:val="001D15C7"/>
     <w:rsid w:val="001E33D3"/>
     <w:rsid w:val="001E7D31"/>
     <w:rsid w:val="00232177"/>
     <w:rsid w:val="00247CE4"/>
     <w:rsid w:val="002741FE"/>
+    <w:rsid w:val="002776F6"/>
     <w:rsid w:val="002840C8"/>
+    <w:rsid w:val="00293AE2"/>
     <w:rsid w:val="00296F33"/>
     <w:rsid w:val="002A4A32"/>
     <w:rsid w:val="002C149E"/>
     <w:rsid w:val="00341818"/>
     <w:rsid w:val="00350FEA"/>
     <w:rsid w:val="00351EA9"/>
     <w:rsid w:val="00364345"/>
     <w:rsid w:val="00373D28"/>
     <w:rsid w:val="0037728A"/>
     <w:rsid w:val="003867CC"/>
     <w:rsid w:val="003A56DD"/>
     <w:rsid w:val="003D2CBF"/>
     <w:rsid w:val="003D35B3"/>
     <w:rsid w:val="003D5D1F"/>
     <w:rsid w:val="003F2183"/>
     <w:rsid w:val="00402405"/>
     <w:rsid w:val="00403CB9"/>
     <w:rsid w:val="004312A8"/>
     <w:rsid w:val="00431DF1"/>
     <w:rsid w:val="00457594"/>
     <w:rsid w:val="004621E8"/>
     <w:rsid w:val="00483F73"/>
     <w:rsid w:val="004A587E"/>
     <w:rsid w:val="004F710C"/>
     <w:rsid w:val="00553E88"/>
@@ -6231,70 +6129,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A07ED49-1925-4EA9-9796-3F16748D015E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>676</Words>
-  <Characters>3858</Characters>
+  <Words>666</Words>
+  <Characters>3799</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ชื่อเรื่อง</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4525</CharactersWithSpaces>
+  <CharactersWithSpaces>4457</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Annop Noi-Boonya</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>